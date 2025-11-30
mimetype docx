--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -1,5362 +1,1256 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...3201 lines deleted...]
-</w:document>
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10727"/>
+  <workbookPr defaultThemeVersion="166925"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/a52/Downloads/"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C186E53E-A1F8-8142-96A1-4BAAC1EC1A3C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <bookViews>
+    <workbookView xWindow="0" yWindow="500" windowWidth="33600" windowHeight="19360" activeTab="1" xr2:uid="{1229E0F2-D334-4D1E-AEC8-CD0F001155B7}"/>
+  </bookViews>
+  <sheets>
+    <sheet name="Grisschnitzel på japanskt vis" sheetId="1" r:id="rId1"/>
+    <sheet name="Ärt-och salladsostbiffar" sheetId="2" r:id="rId2"/>
+    <sheet name="Vispgröt" sheetId="3" r:id="rId3"/>
+  </sheets>
+  <calcPr calcId="191028"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
+</workbook>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-</w:endnotes>
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="Q7" i="1" l="1"/>
+  <c r="Q8" i="1"/>
+  <c r="Q9" i="1"/>
+  <c r="Q10" i="1"/>
+  <c r="Q11" i="1"/>
+  <c r="Q12" i="1"/>
+  <c r="Q13" i="1"/>
+  <c r="Q14" i="1"/>
+  <c r="Q15" i="1"/>
+  <c r="Q16" i="1"/>
+  <c r="Q17" i="1"/>
+  <c r="Q18" i="1"/>
+  <c r="Q19" i="1"/>
+</calcChain>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...71 lines deleted...]
-</w:fonts>
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="44">
+  <si>
+    <t>Spröd grisschnitzel på japanskt vis med inlagd rödkål</t>
+  </si>
+  <si>
+    <t>råvara, mängd</t>
+  </si>
+  <si>
+    <t>Elever</t>
+  </si>
+  <si>
+    <t>Grupper (4 elever=1 grupp)</t>
+  </si>
+  <si>
+    <t>Kocka inhemskt inköpsanvisningar hösten/vintern 2025–2026</t>
+  </si>
+  <si>
+    <t>Vispgrädde (l)</t>
+  </si>
+  <si>
+    <t>Créme fraiche (kg)</t>
+  </si>
+  <si>
+    <t>Vetemjöl (g)</t>
+  </si>
+  <si>
+    <t>Havregryn (g)</t>
+  </si>
+  <si>
+    <t>Ägg (st.)</t>
+  </si>
+  <si>
+    <t>Smör (g)</t>
+  </si>
+  <si>
+    <t>Mannagryn (g)</t>
+  </si>
+  <si>
+    <t>Bär + till garnering (kg)</t>
+  </si>
+  <si>
+    <t>Vispgröt med havreflarn och créme fraiche med vaniljsmak</t>
+  </si>
+  <si>
+    <t>Pitabröd fyllda med ärt- och salladsostbiffar</t>
+  </si>
+  <si>
+    <t>Skorpmjöl (g)</t>
+  </si>
+  <si>
+    <t>Lök (st.)</t>
+  </si>
+  <si>
+    <t>Vitlöksklyfta (st.)</t>
+  </si>
+  <si>
+    <t>Mynta (kruka)</t>
+  </si>
+  <si>
+    <t>Djupfrysta ärtor (kg)</t>
+  </si>
+  <si>
+    <t>Salladsosttärningar (g)</t>
+  </si>
+  <si>
+    <t>Rödlök (st)</t>
+  </si>
+  <si>
+    <t>Gurka (st.)</t>
+  </si>
+  <si>
+    <t>Morot (st.)</t>
+  </si>
+  <si>
+    <t>Basilika (kruka)</t>
+  </si>
+  <si>
+    <t>Gräddfil (kg)</t>
+  </si>
+  <si>
+    <t>Gräslök (kruka)</t>
+  </si>
+  <si>
+    <t>Sallad (kruka/påse)</t>
+  </si>
+  <si>
+    <t>Tomat (st.)</t>
+  </si>
+  <si>
+    <t>Vetemjöl (kg)</t>
+  </si>
+  <si>
+    <t>Havrekli (g)</t>
+  </si>
+  <si>
+    <t>Rödkål (kg)</t>
+  </si>
+  <si>
+    <t>Äppel (st.)</t>
+  </si>
+  <si>
+    <t>Kålrot (g)</t>
+  </si>
+  <si>
+    <t>Sojasås (ml)</t>
+  </si>
+  <si>
+    <t>Vårlöksstjälk (st.)</t>
+  </si>
+  <si>
+    <t>Chili (st.)</t>
+  </si>
+  <si>
+    <t>Matlagningsyoghurt, gärna turkisk eller grekisk (kg)</t>
+  </si>
+  <si>
+    <t>Koriander kruka (st.)</t>
+  </si>
+  <si>
+    <t>Bladpersilja kruka (st.)</t>
+  </si>
+  <si>
+    <t>Gris ytterfile utan hinnor (kg)</t>
+  </si>
+  <si>
+    <t>Smör till stekning (g)</t>
+  </si>
+  <si>
+    <t>Matgryn (g)</t>
+  </si>
+  <si>
+    <t>Kålrabbi/huvudkål (kg)</t>
+  </si>
+</sst>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...57 lines deleted...]
-</w:ftr>
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="0.0"/>
+  </numFmts>
+  <fonts count="5" x14ac:knownFonts="1">
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+  </fonts>
+  <fills count="2">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+  </fills>
+  <borders count="1">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  </cellStyleXfs>
+  <cellXfs count="15">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+  </cellXfs>
+  <cellStyles count="1">
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+  </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
+</styleSheet>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-</w:footnotes>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...41 lines deleted...]
-</w:hdr>
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>31750</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>25400</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>171450</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="3" name="Tekstiruutu 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67A00D7D-2D7D-4E57-8085-113D76C15A2A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="742950" y="4800600"/>
+          <a:ext cx="4483100" cy="1981200"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent6">
+            <a:lumMod val="40000"/>
+            <a:lumOff val="60000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="9525" cmpd="sng">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fi-FI" sz="1100" b="1"/>
+            <a:t>Inköpsanvisningar</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:endParaRPr lang="fi-FI" sz="1100" b="1"/>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fi-FI" sz="1100" baseline="0"/>
+            <a:t>- </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>Tänk på vilken enhet råvaran anges i</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> (</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>styck, liter, gram, kilo eller kruka)</a:t>
+          </a:r>
+          <a:endParaRPr lang="fi-FI" sz="1100" baseline="0"/>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fi-FI" sz="1100" baseline="0"/>
+            <a:t>- </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>För grönsaker och kött är mängden angiven utan</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>svinn (d.v.s. skal, hinnor)</a:t>
+          </a:r>
+          <a:endParaRPr lang="fi-FI" sz="1100" baseline="0"/>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fi-FI" sz="1100" baseline="0"/>
+            <a:t>- </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>Vid behov kan mängden avrundas uppåt till närmaste tillgängliga förpackningsstorlek, till exempel 1,35 kg yoghurt = 3 × 500 g förpackningar.</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fi-FI" sz="1100" baseline="0"/>
+            <a:t>- </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>Salt, socker, olja, ättika, vaniljsocker, bakpulver med mera köps inte in, utan tas från i skolköket.</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fi-FI" sz="1100" baseline="0"/>
+            <a:t>-  Man behöver inte köpa in mer ingredienser </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>"För säkerhets skull".</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> D</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>e mängder som står i recepten räcker till.</a:t>
+          </a:r>
+          <a:endParaRPr lang="fi-FI" sz="1100"/>
+        </a:p>
+        <a:p>
+          <a:endParaRPr lang="fi-FI" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...697 lines deleted...]
-</w:numbering>
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>12700</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>177800</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="3" name="Tekstiruutu 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A40CFF7F-453A-4200-9349-347ACFA94424}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="742950" y="4768850"/>
+          <a:ext cx="5213350" cy="2019300"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent6">
+            <a:lumMod val="40000"/>
+            <a:lumOff val="60000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="9525" cmpd="sng">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fi-FI" sz="1100" b="1"/>
+            <a:t>Inköpsanvisningar</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:endParaRPr lang="fi-FI" sz="1100" b="1"/>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fi-FI" sz="1100" baseline="0"/>
+            <a:t>- </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>Tänk på vilken enhet råvaran anges i</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> (</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>styck, liter, gram, kilo eller kruka)</a:t>
+          </a:r>
+          <a:endParaRPr lang="fi-FI" sz="1100" baseline="0"/>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fi-FI" sz="1100" baseline="0"/>
+            <a:t>- </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>För grönsaker och kött är mängden angiven utan</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>svinn (d.v.s. skal, hinnor)</a:t>
+          </a:r>
+          <a:endParaRPr lang="fi-FI" sz="1100" baseline="0"/>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fi-FI" sz="1100" baseline="0"/>
+            <a:t>- </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>Vid behov kan mängden avrundas uppåt till närmaste tillgängliga förpackningsstorlek, till exempel 1,35 kg yoghurt = 3 × 500 g förpackningar.</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fi-FI" sz="1100" baseline="0"/>
+            <a:t>- </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>Salt, socker, olja, ättika, vaniljsocker, bakpulver med mera köps inte in, utan tas från i skolköket.</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fi-FI" sz="1100" baseline="0"/>
+            <a:t>-  Man behöver inte köpa in mer ingredienser </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>"För säkerhets skull".</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> D</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>e mängder som står i recepten räcker till.</a:t>
+          </a:r>
+          <a:endParaRPr lang="fi-FI" sz="1100"/>
+        </a:p>
+        <a:p>
+          <a:endParaRPr lang="fi-FI" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
-<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-[...291 lines deleted...]
-</w:settings>
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>596900</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>590550</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>12700</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="2" name="Tekstiruutu 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB657736-AAF6-4D3C-8A51-37CA0C0D50EC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="596900" y="4603750"/>
+          <a:ext cx="4451350" cy="2019300"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent6">
+            <a:lumMod val="40000"/>
+            <a:lumOff val="60000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="9525" cmpd="sng">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fi-FI" sz="1100" b="1"/>
+            <a:t>Inköpsanvisningar</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:endParaRPr lang="fi-FI" sz="1100" b="1"/>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fi-FI" sz="1100" baseline="0"/>
+            <a:t>- </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>Tänk på vilken enhet råvaran anges i</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> (</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>styck, liter, gram, kilo eller kruka)</a:t>
+          </a:r>
+          <a:endParaRPr lang="fi-FI" sz="1100" baseline="0"/>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fi-FI" sz="1100" baseline="0"/>
+            <a:t>- </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>För grönsaker och kött är mängden angiven utan</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>svinn (d.v.s. skal, hinnor)</a:t>
+          </a:r>
+          <a:endParaRPr lang="fi-FI" sz="1100" baseline="0"/>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fi-FI" sz="1100" baseline="0"/>
+            <a:t>- </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>Vid behov kan mängden avrundas uppåt till närmaste tillgängliga förpackningsstorlek, till exempel 1,35 kg yoghurt = 3 × 500 g förpackningar.</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fi-FI" sz="1100" baseline="0"/>
+            <a:t>- </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>Salt, socker, olja, ättika, vaniljsocker, bakpulver med mera köps inte in, utan tas från i skolköket.</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fi-FI" sz="1100" baseline="0"/>
+            <a:t>-  Man behöver inte köpa in mer ingredienser </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>"För säkerhets skull".</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> D</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>e mängder som står i recepten räcker till.</a:t>
+          </a:r>
+          <a:endParaRPr lang="fi-FI" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
-<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...727 lines deleted...]
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-teema">
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -5454,203 +1348,2586 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
+</file>
+
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8ACF6F2C-4170-4696-B4E6-770EF1C3B3F8}">
+  <dimension ref="A1:S21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="F41" sqref="F41"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="8" width="10.5" customWidth="1"/>
+    <col min="9" max="9" width="12.5" customWidth="1"/>
+    <col min="10" max="14" width="10.5" customWidth="1"/>
+    <col min="15" max="15" width="12.33203125" customWidth="1"/>
+    <col min="16" max="16" width="12.5" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:19" ht="21" x14ac:dyDescent="0.25">
+      <c r="A1" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B1" s="14"/>
+      <c r="C1" s="14"/>
+      <c r="D1" s="14"/>
+    </row>
+    <row r="3" spans="1:19" ht="21" x14ac:dyDescent="0.25">
+      <c r="A3" s="2" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:19" ht="14.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="2"/>
+    </row>
+    <row r="5" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A5" s="13"/>
+      <c r="B5" s="13"/>
+      <c r="C5" s="1" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:19" ht="64" x14ac:dyDescent="0.2">
+      <c r="A6" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="B6" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="C6" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="I6" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="J6" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="K6" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="L6" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="M6" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="N6" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="O6" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="P6" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q6" s="12" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="7" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A7">
+        <v>4</v>
+      </c>
+      <c r="B7">
+        <v>1</v>
+      </c>
+      <c r="C7" s="5">
+        <v>0.3</v>
+      </c>
+      <c r="D7" s="4">
+        <v>1</v>
+      </c>
+      <c r="E7" s="4">
+        <v>50</v>
+      </c>
+      <c r="F7" s="4">
+        <v>50</v>
+      </c>
+      <c r="G7" s="4">
+        <v>2</v>
+      </c>
+      <c r="H7" s="4">
+        <v>1</v>
+      </c>
+      <c r="I7" s="5">
+        <v>0.1</v>
+      </c>
+      <c r="J7" s="4">
+        <v>1</v>
+      </c>
+      <c r="K7" s="4">
+        <v>1</v>
+      </c>
+      <c r="L7" s="5">
+        <v>0.5</v>
+      </c>
+      <c r="M7" s="4">
+        <v>65</v>
+      </c>
+      <c r="N7" s="4">
+        <v>2</v>
+      </c>
+      <c r="O7" s="4">
+        <v>50</v>
+      </c>
+      <c r="P7" s="4">
+        <v>50</v>
+      </c>
+      <c r="Q7" s="5">
+        <f>'Ärt-och salladsostbiffar'!P7</f>
+        <v>0.1</v>
+      </c>
+      <c r="R7" s="5"/>
+      <c r="S7" s="5"/>
+    </row>
+    <row r="8" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A8">
+        <v>8</v>
+      </c>
+      <c r="B8">
+        <v>2</v>
+      </c>
+      <c r="C8" s="5">
+        <v>0.6</v>
+      </c>
+      <c r="D8" s="4">
+        <v>2</v>
+      </c>
+      <c r="E8" s="4">
+        <v>100</v>
+      </c>
+      <c r="F8" s="4">
+        <v>100</v>
+      </c>
+      <c r="G8" s="4">
+        <v>4</v>
+      </c>
+      <c r="H8" s="4">
+        <v>2</v>
+      </c>
+      <c r="I8" s="5">
+        <v>0.2</v>
+      </c>
+      <c r="J8" s="4">
+        <v>1</v>
+      </c>
+      <c r="K8" s="4">
+        <v>1</v>
+      </c>
+      <c r="L8" s="5">
+        <v>1</v>
+      </c>
+      <c r="M8" s="4">
+        <v>130</v>
+      </c>
+      <c r="N8" s="4">
+        <v>4</v>
+      </c>
+      <c r="O8" s="4">
+        <v>100</v>
+      </c>
+      <c r="P8" s="4">
+        <v>100</v>
+      </c>
+      <c r="Q8" s="5">
+        <f>'Ärt-och salladsostbiffar'!P8</f>
+        <v>0.2</v>
+      </c>
+      <c r="R8" s="5"/>
+      <c r="S8" s="5"/>
+    </row>
+    <row r="9" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A9">
+        <v>12</v>
+      </c>
+      <c r="B9">
+        <v>3</v>
+      </c>
+      <c r="C9" s="5">
+        <v>0.9</v>
+      </c>
+      <c r="D9" s="4">
+        <v>3</v>
+      </c>
+      <c r="E9" s="4">
+        <v>150</v>
+      </c>
+      <c r="F9" s="4">
+        <v>150</v>
+      </c>
+      <c r="G9" s="4">
+        <v>6</v>
+      </c>
+      <c r="H9" s="4">
+        <v>3</v>
+      </c>
+      <c r="I9" s="5">
+        <v>0.3</v>
+      </c>
+      <c r="J9" s="4">
+        <v>2</v>
+      </c>
+      <c r="K9" s="4">
+        <v>2</v>
+      </c>
+      <c r="L9" s="5">
+        <v>1.5</v>
+      </c>
+      <c r="M9" s="4">
+        <v>200</v>
+      </c>
+      <c r="N9" s="4">
+        <v>6</v>
+      </c>
+      <c r="O9" s="4">
+        <v>150</v>
+      </c>
+      <c r="P9" s="4">
+        <v>150</v>
+      </c>
+      <c r="Q9" s="5">
+        <f>'Ärt-och salladsostbiffar'!P9</f>
+        <v>0.3</v>
+      </c>
+      <c r="R9" s="5"/>
+      <c r="S9" s="5"/>
+    </row>
+    <row r="10" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A10">
+        <v>16</v>
+      </c>
+      <c r="B10">
+        <v>4</v>
+      </c>
+      <c r="C10" s="5">
+        <v>1.2</v>
+      </c>
+      <c r="D10" s="4">
+        <v>4</v>
+      </c>
+      <c r="E10" s="4">
+        <v>200</v>
+      </c>
+      <c r="F10" s="4">
+        <v>200</v>
+      </c>
+      <c r="G10" s="4">
+        <v>8</v>
+      </c>
+      <c r="H10" s="4">
+        <v>4</v>
+      </c>
+      <c r="I10" s="5">
+        <v>0.4</v>
+      </c>
+      <c r="J10" s="4">
+        <v>2</v>
+      </c>
+      <c r="K10" s="4">
+        <v>2</v>
+      </c>
+      <c r="L10" s="5">
+        <v>2</v>
+      </c>
+      <c r="M10" s="4">
+        <v>260</v>
+      </c>
+      <c r="N10" s="4">
+        <v>8</v>
+      </c>
+      <c r="O10" s="4">
+        <v>200</v>
+      </c>
+      <c r="P10" s="4">
+        <v>200</v>
+      </c>
+      <c r="Q10" s="5">
+        <f>'Ärt-och salladsostbiffar'!P10</f>
+        <v>0.4</v>
+      </c>
+      <c r="R10" s="5"/>
+      <c r="S10" s="5"/>
+    </row>
+    <row r="11" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A11">
+        <v>20</v>
+      </c>
+      <c r="B11">
+        <v>5</v>
+      </c>
+      <c r="C11" s="5">
+        <v>1.5</v>
+      </c>
+      <c r="D11" s="4">
+        <v>5</v>
+      </c>
+      <c r="E11" s="4">
+        <v>250</v>
+      </c>
+      <c r="F11" s="4">
+        <v>250</v>
+      </c>
+      <c r="G11" s="4">
+        <v>10</v>
+      </c>
+      <c r="H11" s="4">
+        <v>5</v>
+      </c>
+      <c r="I11" s="5">
+        <v>0.5</v>
+      </c>
+      <c r="J11" s="4">
+        <v>3</v>
+      </c>
+      <c r="K11" s="4">
+        <v>3</v>
+      </c>
+      <c r="L11" s="5">
+        <v>2.5</v>
+      </c>
+      <c r="M11" s="4">
+        <v>330</v>
+      </c>
+      <c r="N11" s="4">
+        <v>10</v>
+      </c>
+      <c r="O11" s="4">
+        <v>250</v>
+      </c>
+      <c r="P11" s="4">
+        <v>250</v>
+      </c>
+      <c r="Q11" s="5">
+        <f>'Ärt-och salladsostbiffar'!P11</f>
+        <v>0.5</v>
+      </c>
+      <c r="R11" s="5"/>
+      <c r="S11" s="5"/>
+    </row>
+    <row r="12" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A12">
+        <v>24</v>
+      </c>
+      <c r="B12">
+        <v>6</v>
+      </c>
+      <c r="C12" s="5">
+        <v>1.8</v>
+      </c>
+      <c r="D12" s="4">
+        <v>6</v>
+      </c>
+      <c r="E12" s="4">
+        <v>300</v>
+      </c>
+      <c r="F12" s="4">
+        <v>300</v>
+      </c>
+      <c r="G12" s="4">
+        <v>12</v>
+      </c>
+      <c r="H12" s="4">
+        <v>6</v>
+      </c>
+      <c r="I12" s="5">
+        <v>0.6</v>
+      </c>
+      <c r="J12" s="4">
+        <v>3</v>
+      </c>
+      <c r="K12" s="4">
+        <v>3</v>
+      </c>
+      <c r="L12" s="5">
+        <v>3</v>
+      </c>
+      <c r="M12" s="4">
+        <v>390</v>
+      </c>
+      <c r="N12" s="4">
+        <v>12</v>
+      </c>
+      <c r="O12" s="4">
+        <v>300</v>
+      </c>
+      <c r="P12" s="4">
+        <v>300</v>
+      </c>
+      <c r="Q12" s="5">
+        <f>'Ärt-och salladsostbiffar'!P12</f>
+        <v>0.6</v>
+      </c>
+      <c r="R12" s="5"/>
+      <c r="S12" s="5"/>
+    </row>
+    <row r="13" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A13">
+        <v>28</v>
+      </c>
+      <c r="B13">
+        <v>7</v>
+      </c>
+      <c r="C13" s="5">
+        <v>2.1</v>
+      </c>
+      <c r="D13" s="4">
+        <v>7</v>
+      </c>
+      <c r="E13" s="4">
+        <v>350</v>
+      </c>
+      <c r="F13" s="4">
+        <v>350</v>
+      </c>
+      <c r="G13" s="4">
+        <v>14</v>
+      </c>
+      <c r="H13" s="4">
+        <v>7</v>
+      </c>
+      <c r="I13" s="5">
+        <v>0.7</v>
+      </c>
+      <c r="J13" s="4">
+        <v>4</v>
+      </c>
+      <c r="K13" s="4">
+        <v>4</v>
+      </c>
+      <c r="L13" s="5">
+        <v>3.5</v>
+      </c>
+      <c r="M13" s="4">
+        <v>469</v>
+      </c>
+      <c r="N13" s="4">
+        <v>14</v>
+      </c>
+      <c r="O13" s="4">
+        <v>350</v>
+      </c>
+      <c r="P13" s="4">
+        <v>350</v>
+      </c>
+      <c r="Q13" s="5">
+        <f>'Ärt-och salladsostbiffar'!P13</f>
+        <v>0.7</v>
+      </c>
+      <c r="R13" s="5"/>
+      <c r="S13" s="5"/>
+    </row>
+    <row r="14" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A14">
+        <v>32</v>
+      </c>
+      <c r="B14">
+        <v>8</v>
+      </c>
+      <c r="C14" s="5">
+        <v>2.4</v>
+      </c>
+      <c r="D14" s="4">
+        <v>8</v>
+      </c>
+      <c r="E14" s="4">
+        <v>400</v>
+      </c>
+      <c r="F14" s="4">
+        <v>400</v>
+      </c>
+      <c r="G14" s="4">
+        <v>16</v>
+      </c>
+      <c r="H14" s="4">
+        <v>8</v>
+      </c>
+      <c r="I14" s="5">
+        <v>0.8</v>
+      </c>
+      <c r="J14" s="4">
+        <v>4</v>
+      </c>
+      <c r="K14" s="4">
+        <v>4</v>
+      </c>
+      <c r="L14" s="5">
+        <v>4</v>
+      </c>
+      <c r="M14" s="4">
+        <v>520</v>
+      </c>
+      <c r="N14" s="4">
+        <v>16</v>
+      </c>
+      <c r="O14" s="4">
+        <v>400</v>
+      </c>
+      <c r="P14" s="4">
+        <v>400</v>
+      </c>
+      <c r="Q14" s="5">
+        <f>'Ärt-och salladsostbiffar'!P14</f>
+        <v>0.8</v>
+      </c>
+      <c r="R14" s="5"/>
+      <c r="S14" s="5"/>
+    </row>
+    <row r="15" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A15">
+        <v>36</v>
+      </c>
+      <c r="B15">
+        <v>9</v>
+      </c>
+      <c r="C15" s="5">
+        <v>2.7</v>
+      </c>
+      <c r="D15" s="4">
+        <v>9</v>
+      </c>
+      <c r="E15" s="4">
+        <v>450</v>
+      </c>
+      <c r="F15" s="4">
+        <v>450</v>
+      </c>
+      <c r="G15" s="4">
+        <v>18</v>
+      </c>
+      <c r="H15" s="4">
+        <v>9</v>
+      </c>
+      <c r="I15" s="5">
+        <v>0.9</v>
+      </c>
+      <c r="J15" s="4">
+        <v>5</v>
+      </c>
+      <c r="K15" s="4">
+        <v>5</v>
+      </c>
+      <c r="L15" s="5">
+        <v>4.5</v>
+      </c>
+      <c r="M15" s="4">
+        <v>590</v>
+      </c>
+      <c r="N15" s="4">
+        <v>18</v>
+      </c>
+      <c r="O15" s="4">
+        <v>450</v>
+      </c>
+      <c r="P15" s="4">
+        <v>450</v>
+      </c>
+      <c r="Q15" s="5">
+        <f>'Ärt-och salladsostbiffar'!P15</f>
+        <v>0.9</v>
+      </c>
+      <c r="R15" s="5"/>
+      <c r="S15" s="5"/>
+    </row>
+    <row r="16" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A16">
+        <v>40</v>
+      </c>
+      <c r="B16">
+        <v>10</v>
+      </c>
+      <c r="C16" s="5">
+        <v>3</v>
+      </c>
+      <c r="D16" s="4">
+        <v>10</v>
+      </c>
+      <c r="E16" s="4">
+        <v>500</v>
+      </c>
+      <c r="F16" s="4">
+        <v>500</v>
+      </c>
+      <c r="G16" s="4">
+        <v>20</v>
+      </c>
+      <c r="H16" s="4">
+        <v>10</v>
+      </c>
+      <c r="I16" s="5">
+        <v>1</v>
+      </c>
+      <c r="J16" s="4">
+        <v>5</v>
+      </c>
+      <c r="K16" s="4">
+        <v>5</v>
+      </c>
+      <c r="L16" s="5">
+        <v>5</v>
+      </c>
+      <c r="M16" s="4">
+        <v>650</v>
+      </c>
+      <c r="N16" s="4">
+        <v>20</v>
+      </c>
+      <c r="O16" s="4">
+        <v>500</v>
+      </c>
+      <c r="P16" s="4">
+        <v>500</v>
+      </c>
+      <c r="Q16" s="5">
+        <f>'Ärt-och salladsostbiffar'!P16</f>
+        <v>1</v>
+      </c>
+      <c r="R16" s="5"/>
+      <c r="S16" s="5"/>
+    </row>
+    <row r="17" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A17">
+        <v>44</v>
+      </c>
+      <c r="B17">
+        <v>11</v>
+      </c>
+      <c r="C17" s="5">
+        <v>3.3</v>
+      </c>
+      <c r="D17" s="4">
+        <v>11</v>
+      </c>
+      <c r="E17" s="4">
+        <v>550</v>
+      </c>
+      <c r="F17" s="4">
+        <v>550</v>
+      </c>
+      <c r="G17" s="4">
+        <v>22</v>
+      </c>
+      <c r="H17" s="4">
+        <v>11</v>
+      </c>
+      <c r="I17" s="5">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="J17" s="4">
+        <v>6</v>
+      </c>
+      <c r="K17" s="4">
+        <v>6</v>
+      </c>
+      <c r="L17" s="5">
+        <v>5.5</v>
+      </c>
+      <c r="M17" s="4">
+        <v>720</v>
+      </c>
+      <c r="N17" s="4">
+        <v>22</v>
+      </c>
+      <c r="O17" s="4">
+        <v>550</v>
+      </c>
+      <c r="P17" s="4">
+        <v>550</v>
+      </c>
+      <c r="Q17" s="5">
+        <f>'Ärt-och salladsostbiffar'!P17</f>
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="R17" s="5"/>
+      <c r="S17" s="5"/>
+    </row>
+    <row r="18" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A18">
+        <v>48</v>
+      </c>
+      <c r="B18">
+        <v>12</v>
+      </c>
+      <c r="C18" s="5">
+        <v>3.6</v>
+      </c>
+      <c r="D18" s="4">
+        <v>12</v>
+      </c>
+      <c r="E18" s="4">
+        <v>600</v>
+      </c>
+      <c r="F18" s="4">
+        <v>600</v>
+      </c>
+      <c r="G18" s="4">
+        <v>24</v>
+      </c>
+      <c r="H18" s="4">
+        <v>12</v>
+      </c>
+      <c r="I18" s="5">
+        <v>1.2</v>
+      </c>
+      <c r="J18" s="4">
+        <v>6</v>
+      </c>
+      <c r="K18" s="4">
+        <v>6</v>
+      </c>
+      <c r="L18" s="5">
+        <v>6</v>
+      </c>
+      <c r="M18" s="4">
+        <v>780</v>
+      </c>
+      <c r="N18" s="4">
+        <v>24</v>
+      </c>
+      <c r="O18" s="4">
+        <v>600</v>
+      </c>
+      <c r="P18" s="4">
+        <v>600</v>
+      </c>
+      <c r="Q18" s="5">
+        <f>'Ärt-och salladsostbiffar'!P18</f>
+        <v>1.2</v>
+      </c>
+      <c r="R18" s="5"/>
+      <c r="S18" s="5"/>
+    </row>
+    <row r="19" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A19">
+        <v>52</v>
+      </c>
+      <c r="B19">
+        <v>13</v>
+      </c>
+      <c r="C19" s="5">
+        <v>3.9</v>
+      </c>
+      <c r="D19" s="4">
+        <v>13</v>
+      </c>
+      <c r="E19" s="4">
+        <v>650</v>
+      </c>
+      <c r="F19" s="4">
+        <v>650</v>
+      </c>
+      <c r="G19" s="4">
+        <v>26</v>
+      </c>
+      <c r="H19" s="4">
+        <v>13</v>
+      </c>
+      <c r="I19" s="5">
+        <v>1.3</v>
+      </c>
+      <c r="J19" s="4">
+        <v>7</v>
+      </c>
+      <c r="K19" s="4">
+        <v>7</v>
+      </c>
+      <c r="L19" s="5">
+        <v>6.5</v>
+      </c>
+      <c r="M19" s="4">
+        <v>850</v>
+      </c>
+      <c r="N19" s="4">
+        <v>26</v>
+      </c>
+      <c r="O19" s="4">
+        <v>650</v>
+      </c>
+      <c r="P19" s="4">
+        <v>650</v>
+      </c>
+      <c r="Q19" s="5">
+        <f>'Ärt-och salladsostbiffar'!P19</f>
+        <v>1.3</v>
+      </c>
+      <c r="R19" s="5"/>
+      <c r="S19" s="5"/>
+    </row>
+    <row r="20" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="C20" s="5"/>
+      <c r="D20" s="5"/>
+      <c r="E20" s="5"/>
+      <c r="F20" s="5"/>
+      <c r="G20" s="5"/>
+      <c r="H20" s="5"/>
+      <c r="I20" s="5"/>
+      <c r="J20" s="5"/>
+      <c r="K20" s="5"/>
+      <c r="L20" s="5"/>
+      <c r="M20" s="5"/>
+      <c r="N20" s="4"/>
+      <c r="O20" s="5"/>
+      <c r="P20" s="5"/>
+      <c r="Q20" s="5"/>
+      <c r="R20" s="5"/>
+      <c r="S20" s="5"/>
+    </row>
+    <row r="21" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="B21" s="7"/>
+      <c r="C21" s="5"/>
+    </row>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="A1:D1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{61215051-F0C4-474B-AAA7-88A8FC3DC6D4}">
+  <dimension ref="A1:U21"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="N6" sqref="N6"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="16" width="10.5" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:21" ht="21" x14ac:dyDescent="0.25">
+      <c r="A1" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B1" s="14"/>
+      <c r="C1" s="14"/>
+      <c r="D1" s="14"/>
+    </row>
+    <row r="3" spans="1:21" ht="21" x14ac:dyDescent="0.25">
+      <c r="A3" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" s="2"/>
+    </row>
+    <row r="4" spans="1:21" ht="14.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="2"/>
+      <c r="B4" s="2"/>
+    </row>
+    <row r="5" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="B5" s="3"/>
+      <c r="C5" s="1" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:21" ht="80" x14ac:dyDescent="0.2">
+      <c r="A6" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="B6" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="F6" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="G6" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="I6" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J6" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K6" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="L6" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="M6" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="N6" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="O6" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="P6" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q6" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="R6" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="S6" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="T6" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="U6" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="7" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A7">
+        <v>4</v>
+      </c>
+      <c r="B7">
+        <v>1</v>
+      </c>
+      <c r="C7" s="5">
+        <v>0.1</v>
+      </c>
+      <c r="D7" s="4">
+        <v>37.5</v>
+      </c>
+      <c r="E7" s="4">
+        <v>2</v>
+      </c>
+      <c r="F7" s="4">
+        <v>1</v>
+      </c>
+      <c r="G7" s="4">
+        <v>1</v>
+      </c>
+      <c r="H7" s="4">
+        <v>1</v>
+      </c>
+      <c r="I7" s="5">
+        <v>0.4</v>
+      </c>
+      <c r="J7" s="4">
+        <v>70</v>
+      </c>
+      <c r="K7" s="5">
+        <v>0.5</v>
+      </c>
+      <c r="L7" s="5">
+        <v>0.5</v>
+      </c>
+      <c r="M7" s="4">
+        <v>1</v>
+      </c>
+      <c r="N7" s="5">
+        <v>0.1</v>
+      </c>
+      <c r="O7" s="4">
+        <v>1</v>
+      </c>
+      <c r="P7" s="5">
+        <v>0.1</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>1</v>
+      </c>
+      <c r="R7" s="4">
+        <v>1</v>
+      </c>
+      <c r="S7" s="4">
+        <v>1</v>
+      </c>
+      <c r="T7" s="5">
+        <v>0.19500000000000001</v>
+      </c>
+      <c r="U7" s="4">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="8" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A8">
+        <v>8</v>
+      </c>
+      <c r="B8">
+        <v>2</v>
+      </c>
+      <c r="C8" s="5">
+        <v>0.2</v>
+      </c>
+      <c r="D8" s="4">
+        <v>75</v>
+      </c>
+      <c r="E8" s="4">
+        <v>4</v>
+      </c>
+      <c r="F8" s="4">
+        <v>2</v>
+      </c>
+      <c r="G8" s="4">
+        <v>2</v>
+      </c>
+      <c r="H8" s="4">
+        <v>2</v>
+      </c>
+      <c r="I8" s="5">
+        <v>0.8</v>
+      </c>
+      <c r="J8" s="4">
+        <v>140</v>
+      </c>
+      <c r="K8" s="5">
+        <v>1</v>
+      </c>
+      <c r="L8" s="5">
+        <v>1</v>
+      </c>
+      <c r="M8" s="4">
+        <v>2</v>
+      </c>
+      <c r="N8" s="5">
+        <v>0.2</v>
+      </c>
+      <c r="O8" s="4">
+        <v>1</v>
+      </c>
+      <c r="P8" s="5">
+        <v>0.2</v>
+      </c>
+      <c r="Q8" s="4">
+        <v>1</v>
+      </c>
+      <c r="R8" s="4">
+        <v>1</v>
+      </c>
+      <c r="S8" s="4">
+        <v>2</v>
+      </c>
+      <c r="T8" s="5">
+        <v>0.39</v>
+      </c>
+      <c r="U8" s="4">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="9" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A9">
+        <v>12</v>
+      </c>
+      <c r="B9">
+        <v>3</v>
+      </c>
+      <c r="C9" s="5">
+        <v>0.3</v>
+      </c>
+      <c r="D9" s="4">
+        <v>112.5</v>
+      </c>
+      <c r="E9" s="4">
+        <v>6</v>
+      </c>
+      <c r="F9" s="4">
+        <v>3</v>
+      </c>
+      <c r="G9" s="4">
+        <v>3</v>
+      </c>
+      <c r="H9" s="4">
+        <v>3</v>
+      </c>
+      <c r="I9" s="5">
+        <v>1.2</v>
+      </c>
+      <c r="J9" s="4">
+        <v>210</v>
+      </c>
+      <c r="K9" s="5">
+        <v>1.5</v>
+      </c>
+      <c r="L9" s="5">
+        <v>1.5</v>
+      </c>
+      <c r="M9" s="4">
+        <v>3</v>
+      </c>
+      <c r="N9" s="5">
+        <v>0.3</v>
+      </c>
+      <c r="O9" s="4">
+        <v>2</v>
+      </c>
+      <c r="P9" s="5">
+        <v>0.3</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>2</v>
+      </c>
+      <c r="R9" s="4">
+        <v>2</v>
+      </c>
+      <c r="S9" s="4">
+        <v>3</v>
+      </c>
+      <c r="T9" s="5">
+        <v>0.6</v>
+      </c>
+      <c r="U9" s="4">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="10" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A10">
+        <v>16</v>
+      </c>
+      <c r="B10">
+        <v>4</v>
+      </c>
+      <c r="C10" s="5">
+        <v>0.4</v>
+      </c>
+      <c r="D10" s="4">
+        <v>150</v>
+      </c>
+      <c r="E10" s="4">
+        <v>8</v>
+      </c>
+      <c r="F10" s="4">
+        <v>4</v>
+      </c>
+      <c r="G10" s="4">
+        <v>4</v>
+      </c>
+      <c r="H10" s="4">
+        <v>4</v>
+      </c>
+      <c r="I10" s="5">
+        <v>1.6</v>
+      </c>
+      <c r="J10" s="4">
+        <v>280</v>
+      </c>
+      <c r="K10" s="5">
+        <v>2</v>
+      </c>
+      <c r="L10" s="5">
+        <v>2</v>
+      </c>
+      <c r="M10" s="4">
+        <v>4</v>
+      </c>
+      <c r="N10" s="5">
+        <v>0.4</v>
+      </c>
+      <c r="O10" s="4">
+        <v>2</v>
+      </c>
+      <c r="P10" s="5">
+        <v>0.4</v>
+      </c>
+      <c r="Q10" s="4">
+        <v>2</v>
+      </c>
+      <c r="R10" s="4">
+        <v>2</v>
+      </c>
+      <c r="S10" s="4">
+        <v>4</v>
+      </c>
+      <c r="T10" s="5">
+        <v>0.8</v>
+      </c>
+      <c r="U10" s="4">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="11" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A11">
+        <v>20</v>
+      </c>
+      <c r="B11">
+        <v>5</v>
+      </c>
+      <c r="C11" s="5">
+        <v>0.5</v>
+      </c>
+      <c r="D11" s="4">
+        <v>187.5</v>
+      </c>
+      <c r="E11" s="4">
+        <v>10</v>
+      </c>
+      <c r="F11" s="4">
+        <v>5</v>
+      </c>
+      <c r="G11" s="4">
+        <v>5</v>
+      </c>
+      <c r="H11" s="4">
+        <v>5</v>
+      </c>
+      <c r="I11" s="5">
+        <v>2</v>
+      </c>
+      <c r="J11" s="4">
+        <v>350</v>
+      </c>
+      <c r="K11" s="5">
+        <v>2.5</v>
+      </c>
+      <c r="L11" s="5">
+        <v>2.5</v>
+      </c>
+      <c r="M11" s="4">
+        <v>5</v>
+      </c>
+      <c r="N11" s="5">
+        <v>0.5</v>
+      </c>
+      <c r="O11" s="4">
+        <v>3</v>
+      </c>
+      <c r="P11" s="5">
+        <v>0.5</v>
+      </c>
+      <c r="Q11" s="4">
+        <v>3</v>
+      </c>
+      <c r="R11" s="4">
+        <v>3</v>
+      </c>
+      <c r="S11" s="4">
+        <v>5</v>
+      </c>
+      <c r="T11" s="5">
+        <v>1</v>
+      </c>
+      <c r="U11" s="4">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="12" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A12">
+        <v>24</v>
+      </c>
+      <c r="B12">
+        <v>6</v>
+      </c>
+      <c r="C12" s="5">
+        <v>0.6</v>
+      </c>
+      <c r="D12" s="4">
+        <v>225</v>
+      </c>
+      <c r="E12" s="4">
+        <v>12</v>
+      </c>
+      <c r="F12" s="4">
+        <v>6</v>
+      </c>
+      <c r="G12" s="4">
+        <v>6</v>
+      </c>
+      <c r="H12" s="4">
+        <v>6</v>
+      </c>
+      <c r="I12" s="5">
+        <v>2.4</v>
+      </c>
+      <c r="J12" s="4">
+        <v>420</v>
+      </c>
+      <c r="K12" s="5">
+        <v>3</v>
+      </c>
+      <c r="L12" s="5">
+        <v>3</v>
+      </c>
+      <c r="M12" s="4">
+        <v>6</v>
+      </c>
+      <c r="N12" s="5">
+        <v>0.6</v>
+      </c>
+      <c r="O12" s="4">
+        <v>3</v>
+      </c>
+      <c r="P12" s="5">
+        <v>0.6</v>
+      </c>
+      <c r="Q12" s="4">
+        <v>3</v>
+      </c>
+      <c r="R12" s="4">
+        <v>3</v>
+      </c>
+      <c r="S12" s="4">
+        <v>6</v>
+      </c>
+      <c r="T12" s="5">
+        <v>1.2</v>
+      </c>
+      <c r="U12" s="4">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="13" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A13">
+        <v>28</v>
+      </c>
+      <c r="B13">
+        <v>7</v>
+      </c>
+      <c r="C13" s="5">
+        <v>0.7</v>
+      </c>
+      <c r="D13" s="4">
+        <v>262.5</v>
+      </c>
+      <c r="E13" s="4">
+        <v>14</v>
+      </c>
+      <c r="F13" s="4">
+        <v>7</v>
+      </c>
+      <c r="G13" s="4">
+        <v>7</v>
+      </c>
+      <c r="H13" s="4">
+        <v>7</v>
+      </c>
+      <c r="I13" s="5">
+        <v>2.8</v>
+      </c>
+      <c r="J13" s="4">
+        <v>490</v>
+      </c>
+      <c r="K13" s="5">
+        <v>3.5</v>
+      </c>
+      <c r="L13" s="5">
+        <v>3.5</v>
+      </c>
+      <c r="M13" s="4">
+        <v>7</v>
+      </c>
+      <c r="N13" s="5">
+        <v>0.7</v>
+      </c>
+      <c r="O13" s="4">
+        <v>4</v>
+      </c>
+      <c r="P13" s="5">
+        <v>0.7</v>
+      </c>
+      <c r="Q13" s="4">
+        <v>4</v>
+      </c>
+      <c r="R13" s="4">
+        <v>4</v>
+      </c>
+      <c r="S13" s="4">
+        <v>7</v>
+      </c>
+      <c r="T13" s="5">
+        <v>1.4</v>
+      </c>
+      <c r="U13" s="4">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="14" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A14">
+        <v>32</v>
+      </c>
+      <c r="B14">
+        <v>8</v>
+      </c>
+      <c r="C14" s="5">
+        <v>0.8</v>
+      </c>
+      <c r="D14" s="4">
+        <v>300</v>
+      </c>
+      <c r="E14" s="4">
+        <v>16</v>
+      </c>
+      <c r="F14" s="4">
+        <v>8</v>
+      </c>
+      <c r="G14" s="4">
+        <v>8</v>
+      </c>
+      <c r="H14" s="4">
+        <v>8</v>
+      </c>
+      <c r="I14" s="5">
+        <v>3.2</v>
+      </c>
+      <c r="J14" s="4">
+        <v>560</v>
+      </c>
+      <c r="K14" s="5">
+        <v>4</v>
+      </c>
+      <c r="L14" s="5">
+        <v>4</v>
+      </c>
+      <c r="M14" s="4">
+        <v>8</v>
+      </c>
+      <c r="N14" s="5">
+        <v>0.8</v>
+      </c>
+      <c r="O14" s="4">
+        <v>4</v>
+      </c>
+      <c r="P14" s="5">
+        <v>0.8</v>
+      </c>
+      <c r="Q14" s="4">
+        <v>4</v>
+      </c>
+      <c r="R14" s="4">
+        <v>4</v>
+      </c>
+      <c r="S14" s="4">
+        <v>8</v>
+      </c>
+      <c r="T14" s="5">
+        <v>1.6</v>
+      </c>
+      <c r="U14" s="4">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="15" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A15">
+        <v>36</v>
+      </c>
+      <c r="B15">
+        <v>9</v>
+      </c>
+      <c r="C15" s="5">
+        <v>0.9</v>
+      </c>
+      <c r="D15" s="4">
+        <v>337.5</v>
+      </c>
+      <c r="E15" s="4">
+        <v>18</v>
+      </c>
+      <c r="F15" s="4">
+        <v>9</v>
+      </c>
+      <c r="G15" s="4">
+        <v>9</v>
+      </c>
+      <c r="H15" s="4">
+        <v>9</v>
+      </c>
+      <c r="I15" s="5">
+        <v>3.6</v>
+      </c>
+      <c r="J15" s="4">
+        <v>630</v>
+      </c>
+      <c r="K15" s="5">
+        <v>4.5</v>
+      </c>
+      <c r="L15" s="5">
+        <v>4.5</v>
+      </c>
+      <c r="M15" s="4">
+        <v>9</v>
+      </c>
+      <c r="N15" s="5">
+        <v>0.9</v>
+      </c>
+      <c r="O15" s="4">
+        <v>5</v>
+      </c>
+      <c r="P15" s="5">
+        <v>0.9</v>
+      </c>
+      <c r="Q15" s="4">
+        <v>5</v>
+      </c>
+      <c r="R15" s="4">
+        <v>5</v>
+      </c>
+      <c r="S15" s="4">
+        <v>9</v>
+      </c>
+      <c r="T15" s="5">
+        <v>1.8</v>
+      </c>
+      <c r="U15" s="4">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="16" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A16">
+        <v>40</v>
+      </c>
+      <c r="B16">
+        <v>10</v>
+      </c>
+      <c r="C16" s="5">
+        <v>1</v>
+      </c>
+      <c r="D16" s="4">
+        <v>375</v>
+      </c>
+      <c r="E16" s="4">
+        <v>20</v>
+      </c>
+      <c r="F16" s="4">
+        <v>10</v>
+      </c>
+      <c r="G16" s="4">
+        <v>10</v>
+      </c>
+      <c r="H16" s="4">
+        <v>10</v>
+      </c>
+      <c r="I16" s="5">
+        <v>4</v>
+      </c>
+      <c r="J16" s="4">
+        <v>700</v>
+      </c>
+      <c r="K16" s="5">
+        <v>5</v>
+      </c>
+      <c r="L16" s="5">
+        <v>5</v>
+      </c>
+      <c r="M16" s="4">
+        <v>10</v>
+      </c>
+      <c r="N16" s="5">
+        <v>1</v>
+      </c>
+      <c r="O16" s="4">
+        <v>5</v>
+      </c>
+      <c r="P16" s="5">
+        <v>1</v>
+      </c>
+      <c r="Q16" s="4">
+        <v>5</v>
+      </c>
+      <c r="R16" s="4">
+        <v>5</v>
+      </c>
+      <c r="S16" s="4">
+        <v>10</v>
+      </c>
+      <c r="T16" s="5">
+        <v>2</v>
+      </c>
+      <c r="U16" s="4">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="17" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A17">
+        <v>44</v>
+      </c>
+      <c r="B17">
+        <v>11</v>
+      </c>
+      <c r="C17" s="5">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="D17" s="4">
+        <v>412.5</v>
+      </c>
+      <c r="E17" s="4">
+        <v>22</v>
+      </c>
+      <c r="F17" s="4">
+        <v>11</v>
+      </c>
+      <c r="G17" s="4">
+        <v>11</v>
+      </c>
+      <c r="H17" s="4">
+        <v>11</v>
+      </c>
+      <c r="I17" s="5">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="J17" s="4">
+        <v>770</v>
+      </c>
+      <c r="K17" s="5">
+        <v>5.5</v>
+      </c>
+      <c r="L17" s="5">
+        <v>5.5</v>
+      </c>
+      <c r="M17" s="4">
+        <v>11</v>
+      </c>
+      <c r="N17" s="5">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="O17" s="4">
+        <v>6</v>
+      </c>
+      <c r="P17" s="5">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="Q17" s="4">
+        <v>6</v>
+      </c>
+      <c r="R17" s="4">
+        <v>6</v>
+      </c>
+      <c r="S17" s="4">
+        <v>11</v>
+      </c>
+      <c r="T17" s="5">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="U17" s="4">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="18" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A18">
+        <v>48</v>
+      </c>
+      <c r="B18">
+        <v>12</v>
+      </c>
+      <c r="C18" s="5">
+        <v>1.2</v>
+      </c>
+      <c r="D18" s="4">
+        <v>450</v>
+      </c>
+      <c r="E18" s="4">
+        <v>24</v>
+      </c>
+      <c r="F18" s="4">
+        <v>12</v>
+      </c>
+      <c r="G18" s="4">
+        <v>12</v>
+      </c>
+      <c r="H18" s="4">
+        <v>12</v>
+      </c>
+      <c r="I18" s="5">
+        <v>4.8</v>
+      </c>
+      <c r="J18" s="4">
+        <v>840</v>
+      </c>
+      <c r="K18" s="5">
+        <v>6</v>
+      </c>
+      <c r="L18" s="5">
+        <v>6</v>
+      </c>
+      <c r="M18" s="4">
+        <v>12</v>
+      </c>
+      <c r="N18" s="5">
+        <v>1.2</v>
+      </c>
+      <c r="O18" s="4">
+        <v>6</v>
+      </c>
+      <c r="P18" s="5">
+        <v>1.2</v>
+      </c>
+      <c r="Q18" s="4">
+        <v>6</v>
+      </c>
+      <c r="R18" s="4">
+        <v>6</v>
+      </c>
+      <c r="S18" s="4">
+        <v>12</v>
+      </c>
+      <c r="T18" s="5">
+        <v>2.4</v>
+      </c>
+      <c r="U18" s="4">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="19" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A19">
+        <v>52</v>
+      </c>
+      <c r="B19">
+        <v>13</v>
+      </c>
+      <c r="C19" s="5">
+        <v>1.3</v>
+      </c>
+      <c r="D19" s="4">
+        <v>487.5</v>
+      </c>
+      <c r="E19" s="4">
+        <v>25</v>
+      </c>
+      <c r="F19" s="4">
+        <v>13</v>
+      </c>
+      <c r="G19" s="4">
+        <v>13</v>
+      </c>
+      <c r="H19" s="4">
+        <v>13</v>
+      </c>
+      <c r="I19" s="5">
+        <v>5.2</v>
+      </c>
+      <c r="J19" s="4">
+        <v>910</v>
+      </c>
+      <c r="K19" s="5">
+        <v>6.5</v>
+      </c>
+      <c r="L19" s="5">
+        <v>6.5</v>
+      </c>
+      <c r="M19" s="4">
+        <v>13</v>
+      </c>
+      <c r="N19" s="5">
+        <v>1.3</v>
+      </c>
+      <c r="O19" s="4">
+        <v>7</v>
+      </c>
+      <c r="P19" s="5">
+        <v>1.3</v>
+      </c>
+      <c r="Q19" s="4">
+        <v>7</v>
+      </c>
+      <c r="R19" s="4">
+        <v>7</v>
+      </c>
+      <c r="S19" s="4">
+        <v>13</v>
+      </c>
+      <c r="T19" s="5">
+        <v>2.6</v>
+      </c>
+      <c r="U19" s="4">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="20" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="C20" s="6"/>
+      <c r="J20" s="6"/>
+    </row>
+    <row r="21" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="J21" s="6"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:D1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F2D3E073-9FE6-42E8-AA36-6474E58CBC2B}">
+  <dimension ref="A1:J19"/>
+  <sheetViews>
+    <sheetView topLeftCell="A3" zoomScale="150" workbookViewId="0">
+      <selection activeCell="I24" sqref="I24"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="11" width="10.5" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="21" x14ac:dyDescent="0.25">
+      <c r="A1" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B1" s="14"/>
+      <c r="C1" s="14"/>
+      <c r="D1" s="14"/>
+    </row>
+    <row r="3" spans="1:10" ht="21" x14ac:dyDescent="0.25">
+      <c r="A3" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" ht="14.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="2"/>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="C5" s="1" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" ht="48" x14ac:dyDescent="0.2">
+      <c r="A6" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="B6" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F6" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="G6" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="H6" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="I6" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="J6" s="8" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A7">
+        <v>4</v>
+      </c>
+      <c r="B7">
+        <v>1</v>
+      </c>
+      <c r="C7" s="6">
+        <v>0.2</v>
+      </c>
+      <c r="D7" s="4">
+        <v>75</v>
+      </c>
+      <c r="E7" s="4">
+        <v>50</v>
+      </c>
+      <c r="F7">
+        <v>1</v>
+      </c>
+      <c r="G7" s="4">
+        <v>70</v>
+      </c>
+      <c r="H7" s="4">
+        <v>10</v>
+      </c>
+      <c r="I7" s="5">
+        <v>0.1</v>
+      </c>
+      <c r="J7" s="5">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A8">
+        <v>8</v>
+      </c>
+      <c r="B8">
+        <v>2</v>
+      </c>
+      <c r="C8" s="6">
+        <v>0.8</v>
+      </c>
+      <c r="D8" s="4">
+        <v>150</v>
+      </c>
+      <c r="E8" s="4">
+        <v>100</v>
+      </c>
+      <c r="F8">
+        <v>2</v>
+      </c>
+      <c r="G8" s="4">
+        <v>140</v>
+      </c>
+      <c r="H8" s="4">
+        <v>20</v>
+      </c>
+      <c r="I8" s="5">
+        <v>0.2</v>
+      </c>
+      <c r="J8" s="5">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A9">
+        <v>12</v>
+      </c>
+      <c r="B9">
+        <v>3</v>
+      </c>
+      <c r="C9" s="6">
+        <v>0.6</v>
+      </c>
+      <c r="D9" s="4">
+        <v>225</v>
+      </c>
+      <c r="E9" s="4">
+        <v>150</v>
+      </c>
+      <c r="F9">
+        <v>3</v>
+      </c>
+      <c r="G9" s="4">
+        <v>210</v>
+      </c>
+      <c r="H9" s="4">
+        <v>30</v>
+      </c>
+      <c r="I9" s="5">
+        <v>0.3</v>
+      </c>
+      <c r="J9" s="5">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A10">
+        <v>16</v>
+      </c>
+      <c r="B10">
+        <v>4</v>
+      </c>
+      <c r="C10" s="6">
+        <v>0.8</v>
+      </c>
+      <c r="D10" s="4">
+        <v>300</v>
+      </c>
+      <c r="E10" s="4">
+        <v>200</v>
+      </c>
+      <c r="F10">
+        <v>4</v>
+      </c>
+      <c r="G10" s="4">
+        <v>280</v>
+      </c>
+      <c r="H10" s="4">
+        <v>40</v>
+      </c>
+      <c r="I10" s="5">
+        <v>0.4</v>
+      </c>
+      <c r="J10" s="5">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A11">
+        <v>20</v>
+      </c>
+      <c r="B11">
+        <v>5</v>
+      </c>
+      <c r="C11" s="6">
+        <v>1</v>
+      </c>
+      <c r="D11" s="4">
+        <v>375</v>
+      </c>
+      <c r="E11" s="4">
+        <v>250</v>
+      </c>
+      <c r="F11">
+        <v>5</v>
+      </c>
+      <c r="G11" s="4">
+        <v>350</v>
+      </c>
+      <c r="H11" s="4">
+        <v>50</v>
+      </c>
+      <c r="I11" s="5">
+        <v>0.5</v>
+      </c>
+      <c r="J11" s="5">
+        <v>0.3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A12">
+        <v>24</v>
+      </c>
+      <c r="B12">
+        <v>6</v>
+      </c>
+      <c r="C12" s="6">
+        <v>1.2</v>
+      </c>
+      <c r="D12" s="4">
+        <v>450</v>
+      </c>
+      <c r="E12" s="4">
+        <v>300</v>
+      </c>
+      <c r="F12">
+        <v>6</v>
+      </c>
+      <c r="G12" s="4">
+        <v>420</v>
+      </c>
+      <c r="H12" s="4">
+        <v>60</v>
+      </c>
+      <c r="I12" s="5">
+        <v>0.6</v>
+      </c>
+      <c r="J12" s="5">
+        <v>0.3</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A13">
+        <v>28</v>
+      </c>
+      <c r="B13">
+        <v>7</v>
+      </c>
+      <c r="C13" s="6">
+        <v>1.4</v>
+      </c>
+      <c r="D13" s="4">
+        <v>525</v>
+      </c>
+      <c r="E13" s="4">
+        <v>350</v>
+      </c>
+      <c r="F13">
+        <v>7</v>
+      </c>
+      <c r="G13" s="4">
+        <v>490</v>
+      </c>
+      <c r="H13" s="4">
+        <v>70</v>
+      </c>
+      <c r="I13" s="5">
+        <v>0.7</v>
+      </c>
+      <c r="J13" s="5">
+        <v>0.4</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A14">
+        <v>32</v>
+      </c>
+      <c r="B14">
+        <v>8</v>
+      </c>
+      <c r="C14" s="6">
+        <v>1.6</v>
+      </c>
+      <c r="D14" s="4">
+        <v>600</v>
+      </c>
+      <c r="E14" s="4">
+        <v>400</v>
+      </c>
+      <c r="F14">
+        <v>8</v>
+      </c>
+      <c r="G14" s="4">
+        <v>560</v>
+      </c>
+      <c r="H14" s="4">
+        <v>80</v>
+      </c>
+      <c r="I14" s="5">
+        <v>0.8</v>
+      </c>
+      <c r="J14" s="5">
+        <v>0.4</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A15">
+        <v>36</v>
+      </c>
+      <c r="B15">
+        <v>9</v>
+      </c>
+      <c r="C15" s="6">
+        <v>1.8</v>
+      </c>
+      <c r="D15" s="4">
+        <v>675</v>
+      </c>
+      <c r="E15" s="4">
+        <v>450</v>
+      </c>
+      <c r="F15">
+        <v>9</v>
+      </c>
+      <c r="G15" s="4">
+        <v>630</v>
+      </c>
+      <c r="H15" s="4">
+        <v>90</v>
+      </c>
+      <c r="I15" s="5">
+        <v>0.9</v>
+      </c>
+      <c r="J15" s="5">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A16">
+        <v>40</v>
+      </c>
+      <c r="B16">
+        <v>10</v>
+      </c>
+      <c r="C16" s="6">
+        <v>2</v>
+      </c>
+      <c r="D16" s="4">
+        <v>750</v>
+      </c>
+      <c r="E16" s="4">
+        <v>500</v>
+      </c>
+      <c r="F16">
+        <v>10</v>
+      </c>
+      <c r="G16" s="4">
+        <v>700</v>
+      </c>
+      <c r="H16" s="4">
+        <v>100</v>
+      </c>
+      <c r="I16" s="5">
+        <v>1</v>
+      </c>
+      <c r="J16" s="5">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A17">
+        <v>44</v>
+      </c>
+      <c r="B17">
+        <v>11</v>
+      </c>
+      <c r="C17" s="6">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D17" s="4">
+        <v>825</v>
+      </c>
+      <c r="E17" s="4">
+        <v>550</v>
+      </c>
+      <c r="F17">
+        <v>11</v>
+      </c>
+      <c r="G17" s="4">
+        <v>770</v>
+      </c>
+      <c r="H17" s="4">
+        <v>110</v>
+      </c>
+      <c r="I17" s="5">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="J17" s="5">
+        <v>0.6</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A18">
+        <v>48</v>
+      </c>
+      <c r="B18">
+        <v>12</v>
+      </c>
+      <c r="C18" s="6">
+        <v>2.4</v>
+      </c>
+      <c r="D18" s="4">
+        <v>900</v>
+      </c>
+      <c r="E18" s="4">
+        <v>600</v>
+      </c>
+      <c r="F18">
+        <v>12</v>
+      </c>
+      <c r="G18" s="4">
+        <v>840</v>
+      </c>
+      <c r="H18" s="4">
+        <v>120</v>
+      </c>
+      <c r="I18" s="5">
+        <v>1.2</v>
+      </c>
+      <c r="J18" s="5">
+        <v>0.6</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A19">
+        <v>52</v>
+      </c>
+      <c r="B19">
+        <v>13</v>
+      </c>
+      <c r="C19" s="6">
+        <v>2.6</v>
+      </c>
+      <c r="D19" s="4">
+        <v>975</v>
+      </c>
+      <c r="E19" s="4">
+        <v>650</v>
+      </c>
+      <c r="F19">
+        <v>13</v>
+      </c>
+      <c r="G19" s="4">
+        <v>910</v>
+      </c>
+      <c r="H19" s="4">
+        <v>130</v>
+      </c>
+      <c r="I19" s="5">
+        <v>1.3</v>
+      </c>
+      <c r="J19" s="5">
+        <v>0.7</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:D1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+</worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x01010050942116F9D34D4EB8DCCB8D42AF16A7" ma:contentTypeVersion="13" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="f905ff9936677f7676b2ade781ded70a">
-[...2 lines deleted...]
-    <xsd:import namespace="79191bb9-9487-4f05-8163-e2f957120f94"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="0caa11f7-4a1e-4b9b-b1b5-1291da498ade" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010086CF883C97711D4F84A5508C03E53C00" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ed6f03d786daa08b3e4729d7b16e1fd2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="6d8a2fd6-9399-485d-be7b-8190e6370e02" xmlns:ns4="0caa11f7-4a1e-4b9b-b1b5-1291da498ade" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="019063620d447ef9d6f2344ac68fcad1" ns3:_="" ns4:_="">
+    <xsd:import namespace="6d8a2fd6-9399-485d-be7b-8190e6370e02"/>
+    <xsd:import namespace="0caa11f7-4a1e-4b9b-b1b5-1291da498ade"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
-[...7 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:SharingHintHash" minOccurs="0"/>
+                <xsd:element ref="ns3:LastSharedByUser" minOccurs="0"/>
+                <xsd:element ref="ns3:LastSharedByTime" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceSystemTags" minOccurs="0"/>
+                <xsd:element ref="ns4:_activity" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c383c4bb-12d0-462c-9167-a38d3ae01b51" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6d8a2fd6-9399-485d-be7b-8190e6370e02" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
-[...63 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Delat med" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Delat med information" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="SharingHintHash" ma:index="10" nillable="true" ma:displayName="Sharing Hint Hash" ma:description="" ma:hidden="true" ma:internalName="SharingHintHash" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="LastSharedByUser" ma:index="11" nillable="true" ma:displayName="Last Shared By User" ma:description="" ma:internalName="LastSharedByUser" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="LastSharedByTime" ma:index="12" nillable="true" ma:displayName="Last Shared By Time" ma:description="" ma:internalName="LastSharedByTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0caa11f7-4a1e-4b9b-b1b5-1291da498ade" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="13" nillable="true" ma:displayName="MediaServiceMetadata" ma:description="" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="14" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:description="" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="16" nillable="true" ma:displayName="MediaServiceAutoTags" ma:description="" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="MediaServiceLocation" ma:description="" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="MediaServiceOCR" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="19" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="20" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="21" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="22" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="23" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="24" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSystemTags" ma:index="25" nillable="true" ma:displayName="MediaServiceSystemTags" ma:hidden="true" ma:internalName="MediaServiceSystemTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_activity" ma:index="26" nillable="true" ma:displayName="_activity" ma:hidden="true" ma:internalName="_activity">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="27" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Innehållstyp"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Rubrik"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -5695,143 +3972,117 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14ECE371-36C4-482D-B618-1B4F034D5E54}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="0caa11f7-4a1e-4b9b-b1b5-1291da498ade"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D82F4D4-65E1-43FA-A5B0-24D88E909166}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28A66000-2254-4011-B943-3B29DC3DDCE3}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E59D662-E76C-48E2-BF65-3ED11526680F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="c383c4bb-12d0-462c-9167-a38d3ae01b51"/>
-    <ds:schemaRef ds:uri="79191bb9-9487-4f05-8163-e2f957120f94"/>
+    <ds:schemaRef ds:uri="6d8a2fd6-9399-485d-be7b-8190e6370e02"/>
+    <ds:schemaRef ds:uri="0caa11f7-4a1e-4b9b-b1b5-1291da498ade"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
-[...4 lines deleted...]
-  <Application>Microsoft Office Word</Application>
+  <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
-  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>Grisschnitzel på japanskt vis</vt:lpstr>
+      <vt:lpstr>Ärt-och salladsostbiffar</vt:lpstr>
+      <vt:lpstr>Vispgröt</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3350</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Rantalainen Tuija</dc:creator>
+  <dc:creator>Siivonen Heidi</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010050942116F9D34D4EB8DCCB8D42AF16A7</vt:lpwstr>
-[...2 lines deleted...]
-    <vt:lpwstr/>
+    <vt:lpwstr>0x01010086CF883C97711D4F84A5508C03E53C00</vt:lpwstr>
   </property>
 </Properties>
 </file>